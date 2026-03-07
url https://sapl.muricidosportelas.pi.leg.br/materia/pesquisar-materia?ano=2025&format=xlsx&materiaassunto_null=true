--- v0 (2026-01-20)
+++ v1 (2026-03-07)
@@ -54,216 +54,216 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
     <t>PREFEITURA MUNICIPAL DE MURICI DOS PORTELAS - PMUR</t>
   </si>
   <si>
-    <t>https://sapl.muricidosportelas.pi.leg.br/media/sapl/public/materialegislativa/2025/7/projeto_de_lei_0132025.pdf</t>
+    <t>http://sapl.muricidosportelas.pi.leg.br/media/sapl/public/materialegislativa/2025/7/projeto_de_lei_0132025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação do plano plurianual do municipio de Murici dos Portelas, para o período 2026 a 2029 e dá outras providências.</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.muricidosportelas.pi.leg.br/media/sapl/public/materialegislativa/2025/8/projeto_de_lei_0142025.pdf</t>
+    <t>http://sapl.muricidosportelas.pi.leg.br/media/sapl/public/materialegislativa/2025/8/projeto_de_lei_0142025.pdf</t>
   </si>
   <si>
     <t>Institui a Loteria no âmbito Municipal de Murici dos Portelas- PI.</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.muricidosportelas.pi.leg.br/media/sapl/public/materialegislativa/2025/9/projeto_de_lei_0152025.pdf</t>
+    <t>http://sapl.muricidosportelas.pi.leg.br/media/sapl/public/materialegislativa/2025/9/projeto_de_lei_0152025.pdf</t>
   </si>
   <si>
     <t>Estima a Receita e Fixa a Despesa do Orçamento do Municipio de Murici dos Portelas, para o Exercicio Financeiro de 2026.</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.muricidosportelas.pi.leg.br/media/sapl/public/materialegislativa/2025/14/pl_16-2025.pdf</t>
+    <t>http://sapl.muricidosportelas.pi.leg.br/media/sapl/public/materialegislativa/2025/14/pl_16-2025.pdf</t>
   </si>
   <si>
     <t>Dispõe do reajuste do salário básico dos servidores públicos deste Municipo e dá outras providências.</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.muricidosportelas.pi.leg.br/media/sapl/public/materialegislativa/2025/15/pl_17-2025.pdf</t>
+    <t>http://sapl.muricidosportelas.pi.leg.br/media/sapl/public/materialegislativa/2025/15/pl_17-2025.pdf</t>
   </si>
   <si>
     <t>Dispõe da amplição da licença maternidade.</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
   <si>
     <t>MESA DIRETORA DA CÂMARA - MD</t>
   </si>
   <si>
-    <t>https://sapl.muricidosportelas.pi.leg.br/media/sapl/public/materialegislativa/2025/4/projeto_de_lei_complementar_001-2025.pdf</t>
+    <t>http://sapl.muricidosportelas.pi.leg.br/media/sapl/public/materialegislativa/2025/4/projeto_de_lei_complementar_001-2025.pdf</t>
   </si>
   <si>
     <t>Cria cargos comissionados de livre nomeação de exoneração no quadro de pessoal da Câmara Municipal de Murici do Portelas e dispõe sobre funções gratificadas e plano de carreira dos servidores efetivos</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>WILMA TOTE</t>
   </si>
   <si>
-    <t>https://sapl.muricidosportelas.pi.leg.br/media/sapl/public/materialegislativa/2025/5/projeto_de_lei_complementar_n_002-2025.pdf</t>
+    <t>http://sapl.muricidosportelas.pi.leg.br/media/sapl/public/materialegislativa/2025/5/projeto_de_lei_complementar_n_002-2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a instituição no âmbito do Município de Murici dos Portelas, o dia municipal de conscientização do transtorno do espectro autista (TEA)</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>PR</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.muricidosportelas.pi.leg.br/media/sapl/public/materialegislativa/2025/3/projeto_de_resolucao_01-2025.pdf</t>
+    <t>http://sapl.muricidosportelas.pi.leg.br/media/sapl/public/materialegislativa/2025/3/projeto_de_resolucao_01-2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão de diárias a vereadores e servidores do poder legislativo de Murici dos Portelas</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
     <t>LUCAS ESCORCIO</t>
   </si>
   <si>
-    <t>https://sapl.muricidosportelas.pi.leg.br/media/sapl/public/materialegislativa/2025/11/requerimento_02_lucas_escorcio.pdf</t>
+    <t>http://sapl.muricidosportelas.pi.leg.br/media/sapl/public/materialegislativa/2025/11/requerimento_02_lucas_escorcio.pdf</t>
   </si>
   <si>
     <t>Pedido de construção de dois chafarizes, sendo um no Bairro Novo Murici e outro no Bairro Quebra Dedo.</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.muricidosportelas.pi.leg.br/media/sapl/public/materialegislativa/2025/10/requerimento_03_lucas_escorcio.pdf</t>
+    <t>http://sapl.muricidosportelas.pi.leg.br/media/sapl/public/materialegislativa/2025/10/requerimento_03_lucas_escorcio.pdf</t>
   </si>
   <si>
     <t>Solicitação de uma quadra pra prática de atividade fisica na localidade Porcos.</t>
   </si>
   <si>
-    <t>https://sapl.muricidosportelas.pi.leg.br/media/sapl/public/materialegislativa/2025/1/req_008-2025.pdf</t>
+    <t>http://sapl.muricidosportelas.pi.leg.br/media/sapl/public/materialegislativa/2025/1/req_008-2025.pdf</t>
   </si>
   <si>
     <t>Slicita ao Poder Executivo Municipal a construção de muro no cemitério da Comunidade Vitório/Arame</t>
   </si>
   <si>
     <t>ENEAS FILHO</t>
   </si>
   <si>
-    <t>https://sapl.muricidosportelas.pi.leg.br/media/sapl/public/materialegislativa/2025/2/req_009-2025.pdf</t>
+    <t>http://sapl.muricidosportelas.pi.leg.br/media/sapl/public/materialegislativa/2025/2/req_009-2025.pdf</t>
   </si>
   <si>
     <t>Solicita ao Poder Executivo Municipal a construção de muro no cemitério da Comunidade Altamira.</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>ZÉ DO CARRAPO</t>
   </si>
   <si>
-    <t>https://sapl.muricidosportelas.pi.leg.br/media/sapl/public/materialegislativa/2025/6/requerimento_0112025.pdf</t>
+    <t>http://sapl.muricidosportelas.pi.leg.br/media/sapl/public/materialegislativa/2025/6/requerimento_0112025.pdf</t>
   </si>
   <si>
     <t>Solicitando a recuperação da estrada vicinal que liga a localidade pau d'água 2 até a localidade Cágados, incluindo a estrada que interliga o " Bar da Adélia"até a escola José Severiano</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
     <t>CHARLES SALES</t>
   </si>
   <si>
-    <t>https://sapl.muricidosportelas.pi.leg.br/media/sapl/public/materialegislativa/2025/12/requerimento_15_charles_sales.pdf</t>
+    <t>http://sapl.muricidosportelas.pi.leg.br/media/sapl/public/materialegislativa/2025/12/requerimento_15_charles_sales.pdf</t>
   </si>
   <si>
     <t>Pedido de construão de dois quebra-molas no acesso a PI-112</t>
   </si>
   <si>
-    <t>https://sapl.muricidosportelas.pi.leg.br/media/sapl/public/materialegislativa/2025/13/requerimento_16_charles_sales.pdf</t>
+    <t>http://sapl.muricidosportelas.pi.leg.br/media/sapl/public/materialegislativa/2025/13/requerimento_16_charles_sales.pdf</t>
   </si>
   <si>
     <t>Pedido de instação de iluminação do campo de futebol da sede do municipio.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -570,68 +570,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.muricidosportelas.pi.leg.br/media/sapl/public/materialegislativa/2025/7/projeto_de_lei_0132025.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.muricidosportelas.pi.leg.br/media/sapl/public/materialegislativa/2025/8/projeto_de_lei_0142025.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.muricidosportelas.pi.leg.br/media/sapl/public/materialegislativa/2025/9/projeto_de_lei_0152025.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.muricidosportelas.pi.leg.br/media/sapl/public/materialegislativa/2025/14/pl_16-2025.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.muricidosportelas.pi.leg.br/media/sapl/public/materialegislativa/2025/15/pl_17-2025.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.muricidosportelas.pi.leg.br/media/sapl/public/materialegislativa/2025/4/projeto_de_lei_complementar_001-2025.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.muricidosportelas.pi.leg.br/media/sapl/public/materialegislativa/2025/5/projeto_de_lei_complementar_n_002-2025.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.muricidosportelas.pi.leg.br/media/sapl/public/materialegislativa/2025/3/projeto_de_resolucao_01-2025.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.muricidosportelas.pi.leg.br/media/sapl/public/materialegislativa/2025/11/requerimento_02_lucas_escorcio.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.muricidosportelas.pi.leg.br/media/sapl/public/materialegislativa/2025/10/requerimento_03_lucas_escorcio.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.muricidosportelas.pi.leg.br/media/sapl/public/materialegislativa/2025/1/req_008-2025.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.muricidosportelas.pi.leg.br/media/sapl/public/materialegislativa/2025/2/req_009-2025.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.muricidosportelas.pi.leg.br/media/sapl/public/materialegislativa/2025/6/requerimento_0112025.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.muricidosportelas.pi.leg.br/media/sapl/public/materialegislativa/2025/12/requerimento_15_charles_sales.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.muricidosportelas.pi.leg.br/media/sapl/public/materialegislativa/2025/13/requerimento_16_charles_sales.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.muricidosportelas.pi.leg.br/media/sapl/public/materialegislativa/2025/7/projeto_de_lei_0132025.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.muricidosportelas.pi.leg.br/media/sapl/public/materialegislativa/2025/8/projeto_de_lei_0142025.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.muricidosportelas.pi.leg.br/media/sapl/public/materialegislativa/2025/9/projeto_de_lei_0152025.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.muricidosportelas.pi.leg.br/media/sapl/public/materialegislativa/2025/14/pl_16-2025.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.muricidosportelas.pi.leg.br/media/sapl/public/materialegislativa/2025/15/pl_17-2025.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.muricidosportelas.pi.leg.br/media/sapl/public/materialegislativa/2025/4/projeto_de_lei_complementar_001-2025.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.muricidosportelas.pi.leg.br/media/sapl/public/materialegislativa/2025/5/projeto_de_lei_complementar_n_002-2025.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.muricidosportelas.pi.leg.br/media/sapl/public/materialegislativa/2025/3/projeto_de_resolucao_01-2025.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.muricidosportelas.pi.leg.br/media/sapl/public/materialegislativa/2025/11/requerimento_02_lucas_escorcio.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.muricidosportelas.pi.leg.br/media/sapl/public/materialegislativa/2025/10/requerimento_03_lucas_escorcio.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.muricidosportelas.pi.leg.br/media/sapl/public/materialegislativa/2025/1/req_008-2025.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.muricidosportelas.pi.leg.br/media/sapl/public/materialegislativa/2025/2/req_009-2025.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.muricidosportelas.pi.leg.br/media/sapl/public/materialegislativa/2025/6/requerimento_0112025.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.muricidosportelas.pi.leg.br/media/sapl/public/materialegislativa/2025/12/requerimento_15_charles_sales.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.muricidosportelas.pi.leg.br/media/sapl/public/materialegislativa/2025/13/requerimento_16_charles_sales.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H16"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="3" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="51.85546875" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="119" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="118.140625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="181.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>